--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -271,51 +271,51 @@
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>quick start guide, safety guide</t>
   </si>
   <si>
     <t>POWER MANAGEMENT</t>
   </si>
   <si>
     <t>Power supply unit</t>
   </si>
   <si>
     <t>internal</t>
   </si>
   <si>
     <t>Power supply</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Power usage</t>
   </si>
   <si>
-    <t>60W typical, 0.5W stand by, 0.3W off mode</t>
+    <t>37W default, 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>SUSTAINABILITY</t>
   </si>
   <si>
     <t>Regulations</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Energy efficiency class (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>above 0.1%: Lead</t>
   </si>
 </sst>
 </file>
 