--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -183,51 +183,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECHANIKUS</t>
   </si>
   <si>
     <t>Kijelző helyzetének beállításai</t>
   </si>
   <si>
     <t>billenthető</t>
   </si>
   <si>
     <t>Hajlásszög</t>
   </si>
   <si>
     <t>60° fel; 45° le</t>
   </si>
   <si>
     <t>TARTOZÉKOKAT TARTALMAZZA</t>
   </si>
   <si>
     <t>Kábelek</t>
   </si>
   <si>
-    <t>áramellátás (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Egyéb</t>
   </si>
   <si>
     <t>gyors üzembe helyezési útmutató, biztonsági útmutató</t>
   </si>
   <si>
     <t>ENERGIAGAZDÁLKODÁS</t>
   </si>
   <si>
     <t>Tápegység</t>
   </si>
   <si>
     <t>belső</t>
   </si>
   <si>
     <t>Áramellátás</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energiafogyasztás</t>
   </si>