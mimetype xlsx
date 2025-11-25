--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -146,51 +146,51 @@
   <si>
     <t>ÉRINTŐKÉPERNYŐ</t>
   </si>
   <si>
     <t>Éríntőképernyős technológia</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Érintőpontok</t>
   </si>
   <si>
     <t>20 (HID, only with supported OS)</t>
   </si>
   <si>
     <t>Érintés pontossága</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Érintési mód</t>
   </si>
   <si>
-    <t>ceruza, újj, kesztyű (latex)</t>
+    <t>ceruza, újj</t>
   </si>
   <si>
     <t>Érintőképernyő interfész</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Támogatott operációs rendszerek</t>
   </si>
   <si>
     <t>Minden iiyama monitor Plug &amp; Play funkcióval rendelkezik, és kompatibilis a Windows és a Linux rendszerekkel. Az érintőképernyős modellek által támogatott operációs rendszerekre vonatkozó részletes információk a letöltések részben található illesztőprogram-fájlban találhatók.</t>
   </si>
   <si>
     <t>Tenyérérzékelés elutasítása</t>
   </si>
   <si>
     <t>igen</t>
   </si>
   <si>
     <t>INTERFÉSZEK / CSATLAKOZÓK / VEZÉRLŐK</t>
   </si>
   <si>
     <t>Digitális jelbemenet</t>
   </si>
@@ -264,51 +264,51 @@
   <si>
     <t>Max. non-stop üzemidő</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti képmegőrzés</t>
   </si>
   <si>
     <t>Üveg vastagsága</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Üveg keménysége</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Ház (káva)</t>
   </si>
   <si>
-    <t>fém</t>
+    <t>fém (elől)</t>
   </si>
   <si>
     <t>OSD billentyűzár</t>
   </si>
   <si>
     <t>Távirányító lezárás</t>
   </si>
   <si>
     <t>ÁLTALÁNOS</t>
   </si>
   <si>
     <t>Képernyőn megjelenő nyelvek</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Vezérlőgombok</t>
   </si>
   <si>
     <t>Power (long press for Quick Menu (source, volume +, volume -, brightness +, brightness -, Touch unlock)</t>
   </si>
   <si>
     <t>Felhasználói vezérlők</t>
   </si>