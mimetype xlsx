--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,180 +163,180 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Támogatott operációs rendszerek</t>
   </si>
   <si>
     <t>Minden iiyama monitor Plug &amp; Play funkcióval rendelkezik, és kompatibilis a Windows és a Linux rendszerekkel. Az érintőképernyős modellek által támogatott operációs rendszerekre vonatkozó részletes információk a letöltések részben található illesztőprogram-fájlban találhatók.</t>
   </si>
   <si>
     <t>Tenyérérzékelés elutasítása</t>
   </si>
   <si>
     <t>igen</t>
   </si>
   <si>
     <t>INTERFÉSZEK / CSATLAKOZÓK / VEZÉRLŐK</t>
   </si>
   <si>
     <t>Digitális jelbemenet</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mód, Érintés, 1x elöl: 100W PD, 1x hátul: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Audio bemenet</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Monitor vezérlő bemenet</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Digitális jelkimenet</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Audio kimenet</t>
   </si>
   <si>
     <t>S/PDIF (Optikai) x1
 Mini jack x1 (Headphone)
 Hangszórók 2 x 20W (Front facing + 20W Subwoofer on backside)</t>
   </si>
   <si>
     <t>Monitor vezérlő kimenet</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB portok</t>
   </si>
   <si>
-    <t>x5 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 3.2 (Gen 1, 5Gbit, 100W PD), 1x USB-C OUT 3.2)</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Auto switch for PC &amp; Android, 1000MB)</t>
   </si>
   <si>
     <t>Microphone</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>JELLEMZŐK</t>
   </si>
   <si>
     <t>Beépített szoftver</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) featuring Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, Web browser, file manager, cloud drives and iiShare, plus EShare for wireless connection with Windows/iOS/Android devices</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>igen (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Hardver</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Sensors: Ambiant light, NFC Reader, PIR Motion, Pen Pick-up; Slot for optional OPS PC, Micro SD card slot, 4x Touch pen (anti-bacterial coating)</t>
+    <t>Sensors: Ambiant light, NFC Reader, PIR Motion, Pen Pick-up; Slot for optional OPS PC, Micro SD card slot, 4x Touch pen</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Max. non-stop üzemidő</t>
   </si>
   <si>
     <t>24/7 (to computer language)</t>
   </si>
   <si>
     <t>Média lejátszás</t>
   </si>
   <si>
     <t>Üveg vastagsága</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Üveg keménysége</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Ház (káva)</t>
   </si>
   <si>
     <t>fém</t>
   </si>
   <si>
     <t>OSD billentyűzár</t>
   </si>
   <si>
     <t>ÁLTALÁNOS</t>
   </si>
   <si>
     <t>Képernyőn megjelenő nyelvek</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Vezérlőgombok</t>
   </si>
   <si>
-    <t>Power</t>
+    <t>Power (press and hold 3-5 seconds), Home (shortcut on screen): Short press Power button</t>
   </si>
   <si>
     <t>Felhasználói vezérlők</t>
   </si>
   <si>
     <t>personalization (theme, wallpaper, auto loop), display (backlight, image mode, brightness, contrast, saturation, Hue, sharpness, colour temp., eye protection mode, energy saving, HDMI range), sound (volume direct, max volume, equalizer, balance, sound mode, bass, treble), general (radial menu, side menu bar, gesture interaction, screen recorder, free annotation), device (microphone, camera (external), NFC, CEC, ambient light sensor, stylus pen pickup sensor, PIR motion sensor), input settings (source lost detection, auto source switch, auto wakeup, OPS boot with system, power on source, rename input setting), system (power status, build version), admin (menu lock, system security, meeting mode, screen share, HDMI Mode, wake On Lan), applications (network &amp; internet, connected devices, apps, notifications, storage, sound &amp; vibration, display, wallpaper, accessibility, security &amp; privacy, location, safety &amp; emergency, passwords &amp; accounts, digital wellbeing &amp; parental controls, Google, system, about device)</t>
   </si>
   <si>
     <t>Kékfény csökkentés</t>
   </si>
   <si>
     <t>Villogásmentes</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Jótállás</t>
   </si>
   <si>
     <t>5 years (for details and eligible countries please check the Warranty section of our website)</t>
   </si>
@@ -367,51 +367,51 @@
   <si>
     <t>Tárolási hőmérséklet tartomány</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 óra (kivéve háttérvilágítás)</t>
   </si>
   <si>
     <t>TARTOZÉKOKAT TARTALMAZZA</t>
   </si>
   <si>
     <t>Kábelek</t>
   </si>
   <si>
     <t>áramellátás (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Dual function tips, Anti-bacterial)</t>
+    <t>x4 (Dual function tips)</t>
   </si>
   <si>
     <t>Útmutatók</t>
   </si>
   <si>
     <t>gyors üzembe helyezési útmutató, biztonsági útmutató</t>
   </si>
   <si>
     <t>Egyéb</t>
   </si>
   <si>
     <t>Wall Mounting Bracket (VESA 800x600), Webcam Mounting Bracket</t>
   </si>
   <si>
     <t>Távirányító</t>
   </si>
   <si>
     <t>igen (elemeket tartalmazza)</t>
   </si>
   <si>
     <t>ENERGIAGAZDÁLKODÁS</t>
   </si>
   <si>
     <t>Tápegység</t>
   </si>
@@ -421,51 +421,51 @@
   <si>
     <t>Áramellátás</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energiafogyasztás</t>
   </si>
   <si>
     <t>300W jellemző, 0.5W készenlét, 0.3W kikapcsolva</t>
   </si>
   <si>
     <t>Áramfogyasztás</t>
   </si>
   <si>
     <t>0.5W készenlét</t>
   </si>
   <si>
     <t>FENNTARTHATÓSÁG</t>
   </si>
   <si>
     <t>Előírások</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS támogatás, ErP, WEEE, EPEAT, HATÓTÁVOLSÁG (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS támogatás, ErP, WEEE, EPEAT, HATÓTÁVOLSÁG (RoHS)</t>
   </si>
   <si>
     <t>Energiahatékonysági osztály ((EU) 2017/1369 rendelet)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>Az EPEAT egy átfogó környezeti besorolás, amely segíti a környezetbarátabb számítógépek és egyéb elektronikus berendezések azonosítását. A bronz tanúsítvány azt jelenti, hogy a monitor megfelel az összes előírt feltételnek. Az EPEAT Bronz azokban az országokban érvényes, ahol az iiyama regisztrálja a terméket. Kérjük, látogasson el a www.epeat.net webhelyre, ahol megtudhatja az Ön országában érvényes regisztrációs státuszt.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>0,1% felett: Vezet</t>
   </si>
   <si>
     <t>MÉRETEK / SÚLY</t>
   </si>
   <si>
     <t>Termék méretei Sz x H x M</t>
   </si>