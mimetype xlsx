--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Statikus kontraszt</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Válaszidő (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Látótér</t>
   </si>
   <si>
     <t>horizontális/vertikális: 178°/178°, jobb/bal: 89°/89°, fel/le: 89°/89°</t>
   </si>
   <si>
     <t>Szín támogatás</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontális szinkronizálás</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Látható terület Sz x M</t>
   </si>
   <si>
     <t>1428.5 x 803.5mm, 56.2 x 31.6"</t>
   </si>
   <si>
     <t>Káva szélessége (oldal, felső, alsó)</t>
   </si>
   <si>
-    <t>14mm, 14mm, 14mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel magasság</t>
   </si>
   <si>
     <t>0.372mm</t>
   </si>
   <si>
     <t>Káva színe és felülete</t>
   </si>
   <si>
     <t>fekete, matt</t>
   </si>
   <si>
     <t>INTERFÉSZEK / CSATLAKOZÓK / VEZÉRLŐK</t>
   </si>
   <si>
     <t>Digitális jelbemenet</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitor vezérlő bemenet</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Wall mounting kit included (VESA 500x500mm)</t>
   </si>
   <si>
     <t>Max. non-stop üzemidő</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti képmegőrzés</t>
   </si>
   <si>
     <t>igen</t>
   </si>
   <si>
     <t>Média lejátszás</t>
   </si>
   <si>
     <t>Ház (káva)</t>
   </si>
   <si>
-    <t>fém</t>
+    <t>műanyag</t>
   </si>
   <si>
     <t>ÁLTALÁNOS</t>
   </si>
   <si>
     <t>Képernyőn megjelenő nyelvek</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Vezérlőgombok</t>
   </si>
   <si>
     <t>Power Indicator, Power button, Remote Sensor</t>
   </si>
   <si>
     <t>Felhasználói vezérlők</t>
   </si>
   <si>
     <t>network (status, Wifi, ethernet, hotspot), picture (brightness, contrast, sharpness, black level, tint, colour, noise reduction, gamma selection, colour temp., colour control, picture reset), audio (balance, treble, bass, volume, audio out, max. volume, min. volume, mute, audio out sync, speaker setting, audio reset), OSD setting (OSD timeout, OSD H-Position, OSD V-position, OSD transparency, information OSD), general (logo and animation, wallpaper, no signal image, schedule, off timer), screen (zoom mode, custom zoom, system rotation, screen reset), device (power on status, RS232 routing, IR control, power saving, panel saving, monitor info, other), channel (boot on source, rename input channel, auto source switching, signal lost detection, HDMI version), system (language, system update, setting reset, factory reset, Android setting), admin (menu lock, meeting room, HDMI CEC, screen share, Miracast standby, log export)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>