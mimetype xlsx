--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,69 +41,69 @@
   <si>
     <t>KIJELZŐ JELLEMZŐI</t>
   </si>
   <si>
     <t>Dizájn</t>
   </si>
   <si>
     <t>Széltől szélig érő üveg</t>
   </si>
   <si>
     <t>Átló</t>
   </si>
   <si>
     <t>23.8.", 60.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Natív felbontás</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Képarány</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Fényerő</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
     <t>Fényerősség</t>
   </si>
   <si>
-    <t>344 cd/m² érintéssel</t>
+    <t>345 cd/m² érintéssel</t>
   </si>
   <si>
     <t>Fényáteresztés</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Statikus kontraszt</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Válaszidő (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Látótér</t>
   </si>
   <si>
     <t>horizontális/vertikális: horizontal°/vertical horizontal°, jobb/bal: 0°/0°, fel/le: 0°/0°</t>
   </si>