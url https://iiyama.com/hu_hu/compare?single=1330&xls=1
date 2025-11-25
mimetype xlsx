--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>ProLite XCB3494WQSU-B1</t>
   </si>
   <si>
     <t>KIJELZŐ JELLEMZŐI</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>curved</t>
   </si>
   <si>
     <t>Átló</t>
   </si>
   <si>
     <t>34", 86.7cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>VA panel, matte finish</t>
   </si>
   <si>
@@ -258,60 +258,54 @@
   <si>
     <t>áramellátás, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Egyéb</t>
   </si>
   <si>
     <t>gyors üzembe helyezési útmutató, biztonsági útmutató</t>
   </si>
   <si>
     <t>ENERGIAGAZDÁLKODÁS</t>
   </si>
   <si>
     <t>Tápegység</t>
   </si>
   <si>
     <t>belső</t>
   </si>
   <si>
     <t>Áramellátás</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
-    <t>Energiafogyasztás</t>
-[...4 lines deleted...]
-  <si>
     <t>Áramfogyasztás</t>
   </si>
   <si>
-    <t>0.5W készenlét</t>
+    <t>32W default , 0.5W készenlét, 0.3W kikapcsolva</t>
   </si>
   <si>
     <t>FENNTARTHATÓSÁG</t>
   </si>
   <si>
     <t>Előírások</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS támogatás, ErP, WEEE, HATÓTÁVOLSÁG, UKCA</t>
   </si>
   <si>
     <t>Energiahatékonysági osztály ((EU) 2017/1369 rendelet)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Ezüst</t>
   </si>
   <si>
     <t>*registration varies by country, go to www.epeat.net for details</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
@@ -653,54 +647,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N66"/>
+  <dimension ref="A1:N65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N66" sqref="N66"/>
+      <selection activeCell="N65" sqref="N65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1700,102 +1694,102 @@
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
-      <c r="A54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A54" s="1"/>
+      <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
-      <c r="A55" s="1"/>
-[...12 lines deleted...]
-      <c r="N55" s="1"/>
+      <c r="A55" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+      <c r="J55" s="2"/>
+      <c r="K55" s="2"/>
+      <c r="L55" s="2"/>
+      <c r="M55" s="2"/>
+      <c r="N55" s="2"/>
     </row>
     <row r="56" spans="1:14">
-      <c r="A56" s="2" t="s">
+      <c r="A56" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B56" s="2"/>
-[...11 lines deleted...]
-      <c r="N56" s="2"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1"/>
+      <c r="H56" s="1"/>
+      <c r="I56" s="1"/>
+      <c r="J56" s="1"/>
+      <c r="K56" s="1"/>
+      <c r="L56" s="1"/>
+      <c r="M56" s="1"/>
+      <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="1" t="s">
         <v>88</v>
       </c>
@@ -1814,102 +1808,102 @@
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
-      <c r="A60" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A60" s="1"/>
+      <c r="B60" s="1"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
-      <c r="A61" s="1"/>
-[...12 lines deleted...]
-      <c r="N61" s="1"/>
+      <c r="A61" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+      <c r="J61" s="2"/>
+      <c r="K61" s="2"/>
+      <c r="L61" s="2"/>
+      <c r="M61" s="2"/>
+      <c r="N61" s="2"/>
     </row>
     <row r="62" spans="1:14">
-      <c r="A62" s="2" t="s">
+      <c r="A62" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B62" s="2"/>
-[...11 lines deleted...]
-      <c r="N62" s="2"/>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1"/>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1"/>
+      <c r="J62" s="1"/>
+      <c r="K62" s="1"/>
+      <c r="L62" s="1"/>
+      <c r="M62" s="1"/>
+      <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="1" t="s">
         <v>88</v>
       </c>
@@ -1926,70 +1920,50 @@
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
-    </row>
-[...18 lines deleted...]
-      <c r="N66" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>