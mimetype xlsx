--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -329,51 +329,51 @@
   <si>
     <t>Távirányító</t>
   </si>
   <si>
     <t>igen (elemeket tartalmazza)</t>
   </si>
   <si>
     <t>ENERGIAGAZDÁLKODÁS</t>
   </si>
   <si>
     <t>Tápegység</t>
   </si>
   <si>
     <t>belső</t>
   </si>
   <si>
     <t>Áramellátás</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energiafogyasztás</t>
   </si>
   <si>
-    <t>331W jellemző, 0.5W készenlét, 0.3W kikapcsolva</t>
+    <t>173W jellemző, 0.5W készenlét, 0.3W kikapcsolva</t>
   </si>
   <si>
     <t>Áramfogyasztás</t>
   </si>
   <si>
     <t>0.5W készenlét</t>
   </si>
   <si>
     <t>FENNTARTHATÓSÁG</t>
   </si>
   <si>
     <t>Előírások</t>
   </si>
   <si>
     <t>CB, CE, TÜV-Bauart, EAC, RoHS támogatás, ErP, WEEE, HATÓTÁVOLSÁG, UKCA</t>
   </si>
   <si>
     <t>Energiahatékonysági osztály ((EU) 2017/1369 rendelet)</t>
   </si>
   <si>
     <t>F</t>
   </si>
 </sst>
 </file>
 