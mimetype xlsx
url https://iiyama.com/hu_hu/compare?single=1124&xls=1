--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>ProLite T2252MSC-W2</t>
   </si>
   <si>
     <t>KIJELZŐ JELLEMZŐI</t>
   </si>
   <si>
     <t>Dizájn</t>
   </si>
   <si>
     <t>Széltől szélig érő üveg</t>
   </si>
   <si>
     <t>Átló</t>
   </si>
   <si>
     <t>21.5", 54.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
@@ -101,81 +101,84 @@
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Látótér</t>
   </si>
   <si>
     <t>horizontális/vertikális: horizontal°/vertical 178°, jobb/bal: 0°/0°, fel/le: 0°/0°</t>
   </si>
   <si>
     <t>Szín támogatás</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontális szinkronizálás</t>
   </si>
   <si>
     <t>30 - 83kHz</t>
   </si>
   <si>
     <t>Látható terület Sz x M</t>
   </si>
   <si>
-    <t>478.6 x 260mm</t>
+    <t>478.6 x 260mm, 18.8 x 10.2"</t>
   </si>
   <si>
     <t>Pixel magasság</t>
   </si>
   <si>
     <t>0.249mm</t>
   </si>
   <si>
     <t>Káva színe és felülete</t>
   </si>
   <si>
     <t>fehér, matt</t>
   </si>
   <si>
     <t>ÉRINTŐKÉPERNYŐ</t>
   </si>
   <si>
     <t>Éríntőképernyős technológia</t>
   </si>
   <si>
     <t>projektív kapacitív</t>
   </si>
   <si>
     <t>Érintőpontok</t>
   </si>
   <si>
+    <t>10 (HID, only with supported OS)</t>
+  </si>
+  <si>
     <t>Érintési mód</t>
   </si>
   <si>
-    <t>ceruza, újj, kesztyű</t>
+    <t>ceruza, újj, kesztyű (latex)</t>
   </si>
   <si>
     <t>Érintőképernyő interfész</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Támogatott operációs rendszerek</t>
   </si>
   <si>
     <t>Minden iiyama monitor Plug &amp; Play funkcióval rendelkezik, és kompatibilis a Windows és a Linux rendszerekkel. Az érintőképernyős modellek által támogatott operációs rendszerekre vonatkozó részletes információk a letöltések részben található illesztőprogram-fájlban találhatók.</t>
   </si>
   <si>
     <t>Tenyérérzékelés elutasítása</t>
   </si>
   <si>
     <t>igen</t>
   </si>
   <si>
     <t>INTERFÉSZEK / CSATLAKOZÓK / VEZÉRLŐK</t>
   </si>
   <si>
     <t>Digitális jelbemenet</t>
   </si>
@@ -202,126 +205,144 @@
   <si>
     <t>JELLEMZŐK</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Anti-fingerprint coating, touch support with gloved hand (thickness +2mm)</t>
   </si>
   <si>
     <t>Üveg keménysége</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>OSD billentyűzár</t>
   </si>
   <si>
     <t>ÁLTALÁNOS</t>
   </si>
   <si>
     <t>Képernyőn megjelenő nyelvek</t>
   </si>
   <si>
-    <t>EN</t>
+    <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Vezérlőgombok</t>
   </si>
   <si>
     <t>Joystick: right/menu/enter, left/input/exit, up/eco, down, power</t>
   </si>
   <si>
     <t>Felhasználói vezérlők</t>
   </si>
   <si>
     <t>picture adjust (brightness, contrast, i-Style, adv. contrast, ECO, OD, X-Res), color settings (gamma, rgb range, color temp.), image settings (video mode adjust, blue light reducer, sharp &amp; soft), OSD (horizontal position, vertical pos., time, background), extra (reset, dcc/ci, signal select, volume, mute, opening logo, led, touch switch)</t>
   </si>
   <si>
     <t>Convenience</t>
   </si>
   <si>
     <t>Kensington-lock™ előkészítve</t>
   </si>
   <si>
     <t>Kékfény csökkentés</t>
   </si>
   <si>
+    <t>Villogásmentes</t>
+  </si>
+  <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANIKUS</t>
   </si>
   <si>
+    <t>Tájolás</t>
+  </si>
+  <si>
+    <t>tájkép, oldalával felfelé</t>
+  </si>
+  <si>
     <t>Hajlásszög</t>
   </si>
   <si>
     <t>90° fel;  5° le</t>
   </si>
   <si>
     <t>VESA állvány</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
+    <t>Kábelkezelő rendszer</t>
+  </si>
+  <si>
     <t>TARTOZÉKOKAT TARTALMAZZA</t>
   </si>
   <si>
     <t>Kábelek</t>
   </si>
   <si>
     <t>áramellátás, USB, HDMI</t>
   </si>
   <si>
     <t>Útmutatók</t>
   </si>
   <si>
     <t>biztonsági útmutató</t>
   </si>
   <si>
+    <t>Egyéb</t>
+  </si>
+  <si>
+    <t>Screwdriver</t>
+  </si>
+  <si>
     <t>Kábel takaró</t>
   </si>
   <si>
     <t>ENERGIAGAZDÁLKODÁS</t>
   </si>
   <si>
     <t>Tápegység</t>
   </si>
   <si>
     <t>belső</t>
   </si>
   <si>
     <t>Áramellátás</t>
   </si>
   <si>
-    <t>AC AC  - 100V, 240/V, 50Hz</t>
+    <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energiafogyasztás</t>
   </si>
   <si>
     <t>11W jellemző, 1.5W készenlét, 0.3W kikapcsolva</t>
   </si>
   <si>
     <t>Áramfogyasztás</t>
   </si>
   <si>
     <t>1.5W készenlét</t>
   </si>
   <si>
     <t>FENNTARTHATÓSÁG</t>
   </si>
   <si>
     <t>Előírások</t>
   </si>
   <si>
     <t>CE, RoHS támogatás, ErP, WEEE, HATÓTÁVOLSÁG, cTUVus</t>
   </si>
   <si>
     <t>Energiahatékonysági osztály ((EU) 2017/1369 rendelet)</t>
   </si>
@@ -699,54 +720,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N80"/>
+  <dimension ref="A1:N84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N80" sqref="N80"/>
+      <selection activeCell="N84" sqref="N84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1153,1151 +1174,1231 @@
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B23" s="1">
-        <v>10</v>
+      <c r="B23" s="1" t="s">
+        <v>38</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1"/>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
       <c r="N40" s="2"/>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
     </row>
     <row r="47" spans="1:14">
-      <c r="A47" s="1"/>
-      <c r="B47" s="1"/>
+      <c r="A47" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
     </row>
     <row r="48" spans="1:14">
-      <c r="A48" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N48" s="2"/>
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
     </row>
     <row r="49" spans="1:14">
-      <c r="A49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="1" t="s">
+      <c r="A49" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C49" s="1"/>
-[...10 lines deleted...]
-      <c r="N49" s="1"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
+      <c r="J49" s="2"/>
+      <c r="K49" s="2"/>
+      <c r="L49" s="2"/>
+      <c r="M49" s="2"/>
+      <c r="N49" s="2"/>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
     </row>
     <row r="51" spans="1:14">
-      <c r="A51" s="1"/>
-      <c r="B51" s="1"/>
+      <c r="A51" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
     </row>
     <row r="52" spans="1:14">
-      <c r="A52" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N52" s="2"/>
+      <c r="A52" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1"/>
+      <c r="H52" s="1"/>
+      <c r="I52" s="1"/>
+      <c r="J52" s="1"/>
+      <c r="K52" s="1"/>
+      <c r="L52" s="1"/>
+      <c r="M52" s="1"/>
+      <c r="N52" s="1"/>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
-      <c r="A54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A54" s="1"/>
+      <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
-      <c r="A55" s="1" t="s">
+      <c r="A55" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...13 lines deleted...]
-      <c r="N55" s="1"/>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+      <c r="J55" s="2"/>
+      <c r="K55" s="2"/>
+      <c r="L55" s="2"/>
+      <c r="M55" s="2"/>
+      <c r="N55" s="2"/>
     </row>
     <row r="56" spans="1:14">
-      <c r="A56" s="1"/>
-      <c r="B56" s="1"/>
+      <c r="A56" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
-      <c r="A57" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N57" s="2"/>
+      <c r="A57" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1"/>
+      <c r="G57" s="1"/>
+      <c r="H57" s="1"/>
+      <c r="I57" s="1"/>
+      <c r="J57" s="1"/>
+      <c r="K57" s="1"/>
+      <c r="L57" s="1"/>
+      <c r="M57" s="1"/>
+      <c r="N57" s="1"/>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
-      <c r="A60" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A60" s="1"/>
+      <c r="B60" s="1"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
-      <c r="A61" s="1" t="s">
+      <c r="A61" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+      <c r="J61" s="2"/>
+      <c r="K61" s="2"/>
+      <c r="L61" s="2"/>
+      <c r="M61" s="2"/>
+      <c r="N61" s="2"/>
+    </row>
+    <row r="62" spans="1:14">
+      <c r="A62" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C61" s="1"/>
-[...14 lines deleted...]
-      <c r="B62" s="1"/>
+      <c r="B62" s="1" t="s">
+        <v>92</v>
+      </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
-      <c r="A63" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N63" s="2"/>
+      <c r="A63" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C63" s="1"/>
+      <c r="D63" s="1"/>
+      <c r="E63" s="1"/>
+      <c r="F63" s="1"/>
+      <c r="G63" s="1"/>
+      <c r="H63" s="1"/>
+      <c r="I63" s="1"/>
+      <c r="J63" s="1"/>
+      <c r="K63" s="1"/>
+      <c r="L63" s="1"/>
+      <c r="M63" s="1"/>
+      <c r="N63" s="1"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
-      <c r="A66" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A66" s="1"/>
+      <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
-      <c r="A67" s="1"/>
-[...12 lines deleted...]
-      <c r="N67" s="1"/>
+      <c r="A67" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+      <c r="J67" s="2"/>
+      <c r="K67" s="2"/>
+      <c r="L67" s="2"/>
+      <c r="M67" s="2"/>
+      <c r="N67" s="2"/>
     </row>
     <row r="68" spans="1:14">
-      <c r="A68" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N68" s="2"/>
+      <c r="A68" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1"/>
+      <c r="H68" s="1"/>
+      <c r="I68" s="1"/>
+      <c r="J68" s="1"/>
+      <c r="K68" s="1"/>
+      <c r="L68" s="1"/>
+      <c r="M68" s="1"/>
+      <c r="N68" s="1"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
-      <c r="A71" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A71" s="1"/>
+      <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
     </row>
     <row r="72" spans="1:14">
-      <c r="A72" s="1" t="s">
+      <c r="A72" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...13 lines deleted...]
-      <c r="N72" s="1"/>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="J72" s="2"/>
+      <c r="K72" s="2"/>
+      <c r="L72" s="2"/>
+      <c r="M72" s="2"/>
+      <c r="N72" s="2"/>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>4948570122059</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
     </row>
     <row r="74" spans="1:14">
-      <c r="A74" s="1"/>
-      <c r="B74" s="1"/>
+      <c r="A74" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
     </row>
     <row r="75" spans="1:14">
-      <c r="A75" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N75" s="2"/>
+      <c r="A75" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="L75" s="1"/>
+      <c r="M75" s="1"/>
+      <c r="N75" s="1"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="1" t="s">
-        <v>100</v>
+        <v>113</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="1" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>115</v>
+      </c>
+      <c r="B77" s="1">
+        <v>4948570122059</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
     </row>
     <row r="78" spans="1:14">
-      <c r="A78" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A78" s="1"/>
+      <c r="B78" s="1"/>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
     </row>
     <row r="79" spans="1:14">
-      <c r="A79" s="1" t="s">
+      <c r="A79" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...13 lines deleted...]
-      <c r="N79" s="1"/>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
+      <c r="J79" s="2"/>
+      <c r="K79" s="2"/>
+      <c r="L79" s="2"/>
+      <c r="M79" s="2"/>
+      <c r="N79" s="2"/>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>4948570122059</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="H81" s="1"/>
+      <c r="I81" s="1"/>
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+      <c r="L81" s="1"/>
+      <c r="M81" s="1"/>
+      <c r="N81" s="1"/>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1"/>
+      <c r="H82" s="1"/>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1"/>
+      <c r="K82" s="1"/>
+      <c r="L82" s="1"/>
+      <c r="M82" s="1"/>
+      <c r="N82" s="1"/>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="H83" s="1"/>
+      <c r="I83" s="1"/>
+      <c r="J83" s="1"/>
+      <c r="K83" s="1"/>
+      <c r="L83" s="1"/>
+      <c r="M83" s="1"/>
+      <c r="N83" s="1"/>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B84" s="1">
+        <v>4948570122059</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1"/>
+      <c r="H84" s="1"/>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1"/>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1"/>
+      <c r="M84" s="1"/>
+      <c r="N84" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>