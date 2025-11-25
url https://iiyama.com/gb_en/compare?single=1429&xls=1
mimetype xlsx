--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -183,51 +183,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECHANICAL</t>
   </si>
   <si>
     <t>Display position adjustments</t>
   </si>
   <si>
     <t>tilt</t>
   </si>
   <si>
     <t>Tilt angle</t>
   </si>
   <si>
     <t>60° up; 45° down</t>
   </si>
   <si>
     <t>ACCESSORIES INCLUDED</t>
   </si>
   <si>
     <t>Cables</t>
   </si>
   <si>
-    <t>power (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>quick start guide, safety guide</t>
   </si>
   <si>
     <t>POWER MANAGEMENT</t>
   </si>
   <si>
     <t>Power supply unit</t>
   </si>
   <si>
     <t>internal</t>
   </si>
   <si>
     <t>Power supply</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Power usage</t>
   </si>