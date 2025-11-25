--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -146,51 +146,51 @@
   <si>
     <t>TOUCH</t>
   </si>
   <si>
     <t>Touch technology</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Touch points</t>
   </si>
   <si>
     <t>20 (HID, only with supported OS)</t>
   </si>
   <si>
     <t>Touch accuracy</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Touch method</t>
   </si>
   <si>
-    <t>stylus, finger, glove (latex)</t>
+    <t>stylus, finger</t>
   </si>
   <si>
     <t>Touch interface</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Supported operating systems</t>
   </si>
   <si>
     <t>All iiyama monitors are Plug &amp; Play and compatible with Windows and Linux. For details regarding the supported OS for the touch models, please refer to the driver instruction file available in the downloads section.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>INTERFACES / CONNECTORS / CONTROLS</t>
   </si>
   <si>
     <t>Digital signal input</t>
   </si>
@@ -264,51 +264,51 @@
   <si>
     <t>Max. non-stop operating time</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti image retention</t>
   </si>
   <si>
     <t>Glass thickness</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Glass hardness</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Housing (bezel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>metal (front)</t>
   </si>
   <si>
     <t>OSD key lock</t>
   </si>
   <si>
     <t>Remote control lock</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD languages</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Control buttons</t>
   </si>
   <si>
     <t>Power (long press for Quick Menu (source, volume +, volume -, brightness +, brightness -, Touch unlock)</t>
   </si>
   <si>
     <t>User controls</t>
   </si>