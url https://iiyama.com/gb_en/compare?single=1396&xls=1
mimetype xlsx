--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,180 +163,180 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Supported operating systems</t>
   </si>
   <si>
     <t>All iiyama monitors are Plug &amp; Play and compatible with Windows and Linux. For details regarding the supported OS for the touch models, please refer to the driver instruction file available in the downloads section.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>INTERFACES / CONNECTORS / CONTROLS</t>
   </si>
   <si>
     <t>Digital signal input</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Audio input</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Monitor control input</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Digital signal output</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Audio output</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
 Speakers 2 x 20W (Front facing + 20W Subwoofer on backside)</t>
   </si>
   <si>
     <t>Monitor control output</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB ports</t>
   </si>
   <si>
-    <t>x5 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 3.2 (Gen 1, 5Gbit, 100W PD), 1x USB-C OUT 3.2)</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (IN / OUT, Auto switch for PC &amp; Android, 1000MB)</t>
   </si>
   <si>
     <t>Microphone</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Integrated software</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) featuring Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, file manager, cloud drives and iiShare, plus EShare for wireless connection with Windows/iOS/Android devices</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>yes (Built-in WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Sensors: Ambient light, NFC Reader, PIR Motion, Pen Pick-up; Slot for optional OPS PC, Micro SD card slot, 4x Touch pen (anti-bacterial coating)</t>
+    <t>Sensors: Ambient light, NFC Reader, PIR Motion, Pen Pick-up; Slot for optional OPS PC, Micro SD card slot, 4x Touch pen</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Max. non-stop operating time</t>
   </si>
   <si>
     <t>24/7 (While the components are rated for 24/7 operation, we recommend usage not exceeding 18 hours per day to ensure optimal product longevity.)</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>Glass thickness</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Glass hardness</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Housing (bezel)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>OSD key lock</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD languages</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Control buttons</t>
   </si>
   <si>
-    <t>Power</t>
+    <t>Power (press and hold 3-5 seconds), Home (shortcut on screen): Short press Power button</t>
   </si>
   <si>
     <t>User controls</t>
   </si>
   <si>
     <t>personalization (theme, wallpaper, auto loop), display (backlight, image mode, brightness, contrast, saturation, Hue, sharpness, colour temp., eye protection mode, energy saving, HDMI range), sound (volume direct, max volume, equalizer, balance, sound mode, bass, treble), general (radial menu, side menu bar, gesture interaction, screen recorder, free annotation), device (microphone, camera (external), NFC, CEC, ambient light sensor, stylus pen pickup sensor, PIR motion sensor), input settings (source lost detection, auto source switch, auto wakeup, OPS boot with system, power on source, rename input setting), system (power status, build version), admin (menu lock, system security, meeting mode, screen share, HDMI Mode, wake On Lan), applications (network &amp; internet, connected devices, apps, notifications, storage, sound &amp; vibration, display, wallpaper, accessibility, security &amp; privacy, location, safety &amp; emergency, passwords &amp; accounts, digital wellbeing &amp; parental controls, Google, system, about device)</t>
   </si>
   <si>
     <t>Blue light reducer</t>
   </si>
   <si>
     <t>Flicker free</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Warranty</t>
   </si>
   <si>
     <t>5 years (for details and eligible countries please check the Warranty section of our website)</t>
   </si>
@@ -367,99 +367,99 @@
   <si>
     <t>Storage temperature range</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 hours (excluding backlight)</t>
   </si>
   <si>
     <t>ACCESSORIES INCLUDED</t>
   </si>
   <si>
     <t>Cables</t>
   </si>
   <si>
     <t>power (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Dual function tips, anti-bacterial coating)</t>
+    <t>x4 (Dual function tips)</t>
   </si>
   <si>
     <t>Guides</t>
   </si>
   <si>
     <t>quick start guide, safety guide</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Wall Mounting Bracket (VESA 800x600), Webcam Mounting Bracket, Cable ties (6pcs)</t>
   </si>
   <si>
     <t>Remote control</t>
   </si>
   <si>
     <t>yes (batteries included)</t>
   </si>
   <si>
     <t>POWER MANAGEMENT</t>
   </si>
   <si>
     <t>Power supply unit</t>
   </si>
   <si>
     <t>internal</t>
   </si>
   <si>
     <t>Power supply</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Power usage</t>
   </si>
   <si>
     <t>300W typical, 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>SUSTAINABILITY</t>
   </si>
   <si>
     <t>Regulations</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Energy efficiency class (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT is a comprehensive environmental rating that helps identify greener computers and other electronic equipment. The Bronze certification means the monitor meets all required criteria. EPEAT Bronze is valid in countries where iiyama registers the product. Please visit www.epeat.net for the registration status in your country.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>above 0.1%: Lead</t>
   </si>
   <si>
     <t>DIMENSIONS / WEIGHT</t>
   </si>
   <si>
     <t>Product dimensions W x H x D</t>
   </si>