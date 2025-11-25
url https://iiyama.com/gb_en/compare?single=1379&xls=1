--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Static contrast</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Response time (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Viewing zone</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, right/left: 89°/89°, up/down: 89°/89°</t>
   </si>
   <si>
     <t>Colour support</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontal Sync</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Viewable area W x H</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>Bezel width (sides, top, bottom)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t>Bezel colour and finish</t>
   </si>
   <si>
     <t>black, matte</t>
   </si>
   <si>
     <t>INTERFACES / CONNECTORS / CONTROLS</t>
   </si>
   <si>
     <t>Digital signal input</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitor control input</t>