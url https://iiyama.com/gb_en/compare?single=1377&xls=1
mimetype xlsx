--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Static contrast</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Response time (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Viewing zone</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, right/left: 89°/89°, up/down: 89°/89°</t>
   </si>
   <si>
     <t>Colour support</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontal Sync</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Viewable area W x H</t>
   </si>
   <si>
     <t>1428.5 x 803.5mm, 56.2 x 31.6"</t>
   </si>
   <si>
     <t>Bezel width (sides, top, bottom)</t>
   </si>
   <si>
-    <t>14mm, 14mm, 14mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.372mm</t>
   </si>
   <si>
     <t>Bezel colour and finish</t>
   </si>
   <si>
     <t>black, matte</t>
   </si>
   <si>
     <t>INTERFACES / CONNECTORS / CONTROLS</t>
   </si>
   <si>
     <t>Digital signal input</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitor control input</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Wall mounting kit included (VESA 500x500mm)</t>
   </si>
   <si>
     <t>Max. non-stop operating time</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti image retention</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>Housing (bezel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD languages</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Control buttons</t>
   </si>
   <si>
     <t>Power Indicator, Power button, Remote Sensor</t>
   </si>
   <si>
     <t>User controls</t>
   </si>
   <si>
     <t>network (status, Wifi, ethernet, hotspot), picture (brightness, contrast, sharpness, black level, tint, colour, noise reduction, gamma selection, colour temp., colour control, picture reset), audio (balance, treble, bass, volume, audio out, max. volume, min. volume, mute, audio out sync, speaker setting, audio reset), OSD setting (OSD timeout, OSD H-Position, OSD V-position, OSD transparency, information OSD), general (logo and animation, wallpaper, no signal image, schedule, off timer), screen (zoom mode, custom zoom, system rotation, screen reset), device (power on status, RS232 routing, IR control, power saving, panel saving, monitor info, other), channel (boot on source, rename input channel, auto source switching, signal lost detection, HDMI version), system (language, system update, setting reset, factory reset, Android setting), admin (menu lock, meeting room, HDMI CEC, screen share, Miracast standby, log export)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>