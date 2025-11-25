--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,69 +41,69 @@
   <si>
     <t>DISPLAY CHARACTERISTICS</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Diagonal</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Native resolution</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Aspect ratio</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Panel brightness</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
     <t>Brightness</t>
   </si>
   <si>
-    <t>344 cd/m² with touch</t>
+    <t>345 cd/m² with touch</t>
   </si>
   <si>
     <t>Light transmittance</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Static contrast</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Response time (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Viewing zone</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, right/left: 89°/89°, up/down: 89°/89°</t>
   </si>