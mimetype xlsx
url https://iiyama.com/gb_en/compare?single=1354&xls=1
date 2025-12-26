--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -41,51 +41,51 @@
   <si>
     <t>DISPLAY CHARACTERISTICS</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Diagonal</t>
   </si>
   <si>
     <t>21.5", 54.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Native resolution</t>
   </si>
   <si>
-    <t>1920 x 1080 (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Aspect ratio</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Panel brightness</t>
   </si>
   <si>
     <t xml:space="preserve">250 cd/m² </t>
   </si>
   <si>
     <t>Brightness</t>
   </si>
   <si>
     <t>215 cd/m² with touch</t>
   </si>
   <si>
     <t>Light transmittance</t>
   </si>
   <si>
     <t>86%</t>
   </si>