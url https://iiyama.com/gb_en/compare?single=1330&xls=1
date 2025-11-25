--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -261,51 +261,51 @@
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>quick start guide, safety guide</t>
   </si>
   <si>
     <t>POWER MANAGEMENT</t>
   </si>
   <si>
     <t>Power supply unit</t>
   </si>
   <si>
     <t>internal</t>
   </si>
   <si>
     <t>Power supply</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Power usage</t>
   </si>
   <si>
-    <t>55W typical, 0.5W stand by, 0.3W off mode</t>
+    <t>32W default, 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>SUSTAINABILITY</t>
   </si>
   <si>
     <t>Regulations</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Energy efficiency class (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*registration varies by country, go to www.epeat.net for details</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>