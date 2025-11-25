--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -210,51 +210,51 @@
   <si>
     <t>Memory</t>
   </si>
   <si>
     <t>4GB DDR4</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>IEEE802.11b/g/n</t>
   </si>
   <si>
     <t>Bluetooth</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>NFC (ARM Cortex--M3 256KB, 34Mbps (high speed)), RFID (125kHZ, 9600kbit/s), ISO 14443A/B, Mifare Classic 4K/8K/Ultralight, Sony Felica</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>auto-rotation, webcam (5 megapixel), SD card slot, anti-fingerprint coating, anti-glare coating, PoE, NFC/RFID reader, RGB Led lightbar, wall mount</t>
+    <t>auto-rotation, webcam (5 megapixel), SD card slot, anti-fingerprint coating, anti-glare coating, PoE, NFC/RFID reader, RGB Led lightbar, cable cover &amp; wall mount in one</t>
   </si>
   <si>
     <t>Kiosk mode</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>Max. non-stop operating time</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Glass thickness</t>
   </si>
   <si>
     <t>1.85mm</t>
   </si>
   <si>
     <t>Glass hardness</t>
   </si>
   <si>
     <t>6H</t>
   </si>