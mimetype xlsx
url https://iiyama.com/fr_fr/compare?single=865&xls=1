--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -215,51 +215,51 @@
   <si>
     <t>CPU: MTK96+MSB6000, CA73*2+A53*2, 3GB RAM DDR4, Mémoire: 32GB eMMC</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Intel® SDM-L, emplacement pour carte micro SD, mise à jour du micrologiciel OTA</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>18/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Muet, Entrée, +, -, En haut, En bas, Menu</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction de bruit, sélection gamma, température de couleurs, contrôle couleurs, energie intelligente, sur-balayage, réinitialiser image), écran (position H., position V., horloge, phase horloge, mode zoom, autoréglage, réinitialiser écran), audio (balance, aigus, graves, volume, sortie audio, volume maximum, volume minimum, muet, source audio, réinitialiser audio, synchronication sortie audio, paramétrage haut-parleurs), configuration 1 (état allumer, suavegarde de panel, routage RS232, source démar, WOL, réinitialiser config 1, préréglage usine), configuration 2 (extinction de l'OSD, position H. OSD, position V OSD., information OSD, logo, ident. du moniteur, statut de chaleur, infos moniteur, version DP, version HDMI, réinitialiser config 2), option avanceé (commande registre, LED alim., contrôle du clavier, empilage, programmateur arrêt, calendrier, HDMI avec One Wire, HDMI avec One Wire Power Off, autodétection du signal, langue, transparance OSD, économie d'énergie, réglage SDM, réinitialiser option avancée), réglage (reseau, écran multimédia, applications, affichage, sécurité, système)</t>
   </si>