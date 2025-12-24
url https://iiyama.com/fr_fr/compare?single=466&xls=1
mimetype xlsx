--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -206,51 +206,51 @@
   <si>
     <t>x0</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>les outils et applications d'annotations intégrés interactifs permettant de faire des recherches sur internet, montrer des documents, présentations, vidéo etc.</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>entrée, luminosité, son (volume, graves, agudos, balance, mode audio, mute), zoom (position H., position V., phase, horloge, zoom, auto), réglage (luminosité, contraste, netteté, temp de couleur), avancé (Ethernet, affichage, stockage, apps, langue &amp; entrée, date &amp; heure, commutateur, annotation, information)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B, Mac OSX</t>
   </si>