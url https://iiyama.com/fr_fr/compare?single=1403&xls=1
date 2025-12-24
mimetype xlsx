--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -205,51 +205,51 @@
   <si>
     <t>Intel® SDM-S, emplacement pour carte micro SD</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Mur d’images / daisy chain</t>
   </si>
   <si>
     <t>Oui, compatibilité avec toutes les sources (sortie MST via DP-Out)</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation (appui long pour le menu rapide)</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection gamma, température couleur, contrôle des couleurs, réinitialisation image), screen (mode zoom, zoom personnalisé, réinitialisation écran), audio (balance, aigus, basses, volume, sortie audio, volume max., volume min., muet, réinitialisation audio, synchronisation sortie audio, réglage haut-parleur), configuration 1 (lanceur android, état au démarrage, économie panneau, routage rs232, source au démarrage, wol, réinitialisation configuration 1, réinitialisation usine), configuration 2 (délai osd, position h osd, position v osd, rotation système, info osd, logo et animation, réglage logo, réglage animation, id moniteur, id groupe, info moniteur, version dp, moniteurs dp, version hdmi, réinitialisation configuration 2), advanced options (image sans signal, support motorisé, contrôle ir, voyant alimentation, affichage en mosaïque, minuterie arrêt, planification, hdmi avec one wire, arrêt hdmi one wire, basculement signal, langue, transparence osd, économie énergie, arrêt auto, paramètres sdm, réinitialisation options avancées), android settings (réseau et internet, applications et notifications, affichage, affichage signalétique, sécurité, langue et saisie, date et heure, à propos de l’appareil)</t>
   </si>
@@ -277,51 +277,51 @@
   <si>
     <t>600 x 400mm</t>
   </si>
   <si>
     <t>Fixation pour Mini PC</t>
   </si>
   <si>
     <t>VESA 75 x 75, VESA 100 x 100</t>
   </si>
   <si>
     <t>Température d'utilisation</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Température de stockage</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
-    <t>44.000 heures (sauf rétro-éclairage)</t>
+    <t>50.000 heures (sauf rétro-éclairage)</t>
   </si>
   <si>
     <t>ACCESSOIRES INCLUS</t>
   </si>
   <si>
     <t>Câbles</t>
   </si>
   <si>
     <t>câble d'alimentation (1.8m), HDMI (1.8m), RS-232c (1.8m)</t>
   </si>
   <si>
     <t>Guides</t>
   </si>
   <si>
     <t>guide démarrage rapide, guide de sécurité</t>
   </si>
   <si>
     <t>Autres</t>
   </si>
   <si>
     <t>Autocollants pour les trous de vis, boucles de fil</t>
   </si>
   <si>
     <t>Télécommande</t>
   </si>