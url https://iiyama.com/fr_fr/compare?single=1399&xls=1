--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -196,51 +196,51 @@
   <si>
     <t>CPU: MTK9679 Quad-core A73*4, GPU: G52 MC1, RAM: 4GB, ROM: 32GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit de montage mural inclus(VESA 300x400mm)</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation (appui long pour Menu Rapide : source, volume +, volume –, luminosité +, luminosité –, déverrouillage tactile)</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>réseau (état, Wi-Fi, ethernet, point d’accès), image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection gamma, température de couleur, contrôle des couleurs, réinitialisation de l’image), audio (balance, aigus, basses, volume, sortie audio, volume max., volume min., muet, synchronisation sortie audio, réglage des haut-parleurs, réinitialisation audio), réglage OSD (temporisation OSD, position horizontale OSD, position verticale OSD, transparence OSD, informations OSD), général (logo et animation, fond d’écran, image sans signal, planification, minuterie d’arrêt), écran (mode de zoom, zoom personnalisé, rotation du système, réinitialisation de l’écran), appareil (état au démarrage, routage RS232, contrôle IR, support motorisé, économie d’énergie, protection du panneau, informations du moniteur, autres), canal (source au démarrage, renommer canal d’entrée, changement de source auto, détection de perte de signal, version HDMI), système (langue, mise à jour du système, réinitialisation des réglages, réinitialisation usine, réglage Android), admin (verrouillage du menu, salle de réunion, HDMI CEC, partage d’écran, veille Miracast, exportation des journaux)</t>
   </si>