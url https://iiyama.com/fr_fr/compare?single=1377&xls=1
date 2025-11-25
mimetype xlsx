--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contraste</t>
   </si>
   <si>
     <t>5000:1</t>
   </si>
   <si>
     <t>Temps de réponse (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Angle de vision</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, droit/gauche: 89°/89°, en avant/en arrière: 89°/89°</t>
   </si>
   <si>
     <t>Couleurs supportées</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Fréquence horizontale</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Surface de travail H x L</t>
   </si>
   <si>
     <t>1428.5 x 803.5mm, 56.2 x 31.6"</t>
   </si>
   <si>
     <t>Largeur Cadre (côtés, haut, bas)</t>
   </si>
   <si>
-    <t>14mm, 14mm, 14mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Taille du pixel</t>
   </si>
   <si>
     <t>0.372mm</t>
   </si>
   <si>
     <t>Couleur du cadre et finition</t>
   </si>
   <si>
     <t>noir, mate</t>
   </si>
   <si>
     <t>PORTS ET CONNECTEURS</t>
   </si>
   <si>
     <t>Entrée signal digital</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Entrées de contrôle du moniteur</t>
@@ -196,54 +196,54 @@
   <si>
     <t>CPU: A73*4, GPU: G52 MC1, RAM: 4GB, ROM: 32GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit de montage mural inclus(VESA 500x500mm)</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
-[...2 lines deleted...]
-    <t>metal</t>
+    <t>Boîtier (cadre)</t>
+  </si>
+  <si>
+    <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Indicateur d'alimentation, Alimentation, Capteur à distance</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>réseau (état, Wifi, Ethernet, point d’accès),image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection gamma, température de couleur, contrôle des couleurs, réinitialisation de l’image),audio (balance, aigus, basses, volume, sortie audio, volume max., volume min., muet, synchronisation sortie audio, réglage haut-parleur, réinitialisation audio), réglages OSD (délai d’affichage OSD, position horizontale OSD, position verticale OSD, transparence OSD, informations OSD), général (logo et animation, fond d’écran, image "pas de signal", planification, minuterie d’arrêt), écran (mode zoom, zoom personnalisé, rotation système, réinitialisation écran), appareil (état à l’allumage, routage RS232, contrôle IR, économie d’énergie, protection du panneau, informations moniteur, autres), canal (source au démarrage, renommer l’entrée, commutation automatique de source, détection de perte de signal, version HDMI), système (langue, mise à jour système, réinitialisation des paramètres, réinitialisation d’usine, paramètres Android), administrateur (verrouillage du menu, salle de réunion, HDMI CEC, partage d’écran, veille Miracast, exportation des journaux)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>