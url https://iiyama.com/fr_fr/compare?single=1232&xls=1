--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -182,51 +182,51 @@
   <si>
     <t>oui (Intégré, 802.11ac)</t>
   </si>
   <si>
     <t>Matériel</t>
   </si>
   <si>
     <t>CPU: A73*4+A53*4, GPU: G52 MP8, RAM: 4GB, ROM: 32GB</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection du gamma, température de couleur, contrôle de la couleur, réinitialisation de l'image), écran (mode zoom, zoom personnalisé, réinitialisation de l'écran), audio (balance, aigus, basses, volume, sortie audio, volume maximum, volume minimum, sourdine, réinitialisation audio, synchronisation de la sortie audio, paramètres des haut-parleurs), configuration 1 (Lanceur Android, état de mise sous tension, sauvegarde du panneau, routage RS-232, démarrage sur source, WOL, réinitialisation de la configuration 1, réinitialisation aux paramètres d'usine), Configuration 2 (délai d'attente OSD, position-H OSD, position-V OSD, rotation du système, informations OSD, logo et animation, réglage du logo, réglage de l'animation, ID du moniteur, ID de groupe, informations du moniteur, version HDMI, réinitialisation de la configuration 2), option avancée (pas de signal d'image, contrôle IR, lumière LED d'alimentation, minuteur d'arrêt, calendrier, HDMI avec un câble, HDMI avec mise hors tension à un câble, FailOver, langue, transparence OSD, économie d'énergie, mise hors tension automatique, paramètres SMD, réinitialisation de l'option avancée)</t>
   </si>