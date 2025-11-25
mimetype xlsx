--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -295,51 +295,51 @@
   <si>
     <t>Guides</t>
   </si>
   <si>
     <t>guide démarrage rapide, guide de sécurité</t>
   </si>
   <si>
     <t>GESTION DE L'ÉNERGIE</t>
   </si>
   <si>
     <t>Bloc d'alimentation</t>
   </si>
   <si>
     <t>interne</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Gestion d'alimentation</t>
   </si>
   <si>
-    <t>30W typique, 1.5W en veille, 0.3W éteint</t>
+    <t>21W typique, 1.5W en veille, 0.3W éteint</t>
   </si>
   <si>
     <t>NORMES</t>
   </si>
   <si>
     <t>Certifications</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA, cTUVus</t>
   </si>
   <si>
     <t>Classe d'efficacité énergétique (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>au dessus de 0.1% de plomb</t>
   </si>
   <si>
     <t>DIMENSIONS / POIDS</t>
   </si>