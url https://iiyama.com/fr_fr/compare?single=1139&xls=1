--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -174,51 +174,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Emplacement pour PC OPS</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Mur d’images / daisy chain</t>
   </si>
   <si>
     <t>Oui, en chaîne (Daisy Chain) via DP-OUT (format SST)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Menu, Haut, Bas, Volume +, Volume -, Muet, Alimentation, Indicateur d'alimentation, Capteur à distance</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté), audio (aigus, graves, balance, haut-parleurs, volume), configuration OSD (langue, position H. de l'OSD, position V. de l'OSD, transparence, délai de l'OSD, rotation de l'OSD), paramètres avancés (température des couleurs, température des couleurs personnalisée, gamma), paramètres généraux (gestion de l'alimentation, LED, verrouillage RC, format d'image, réinitialisation d'usine), autres paramètres (entrée de la source, miroir DP-OUT, LAN, version du logiciel)</t>
   </si>