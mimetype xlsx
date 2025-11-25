--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -189,51 +189,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>ASPECTOS MECÁNICOS</t>
   </si>
   <si>
     <t>Soporte de altura regulable</t>
   </si>
   <si>
     <t>inclinación</t>
   </si>
   <si>
     <t>Ángulo de inclinación</t>
   </si>
   <si>
     <t>60° arriba; 45° abajo</t>
   </si>
   <si>
     <t>ACCESSORIES INCLUDED</t>
   </si>
   <si>
     <t>Cable</t>
   </si>
   <si>
-    <t>de alimentación (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Otro</t>
   </si>
   <si>
     <t>guía de inicio rápido, guía de seguridad</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>8W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
   </si>