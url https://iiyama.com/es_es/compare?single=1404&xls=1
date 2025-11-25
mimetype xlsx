--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>ProLite TE7512MIS-B4AG</t>
   </si>
   <si>
     <t>Características de la pantalla</t>
   </si>
   <si>
     <t>Diseño</t>
   </si>
   <si>
     <t>Thin bezel</t>
   </si>
   <si>
     <t>Diagonal</t>
   </si>
   <si>
     <t>75", 189.3cm</t>
   </si>
   <si>
     <t>Pantalla</t>
   </si>
   <si>
     <t>VA DLED</t>
   </si>
   <si>
@@ -371,69 +371,63 @@
   <si>
     <t>Rango de temperatura de funcionamiento</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Rango de temperatura de almacenamiento</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 horas (no incluye retroiluminación)</t>
   </si>
   <si>
     <t>ACCESSORIES INCLUDED</t>
   </si>
   <si>
     <t>Cable</t>
   </si>
   <si>
-    <t>de alimentación, USB, HDMI</t>
+    <t>de alimentación (3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
     <t>x4 (Lápiz con dos puntas)</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>guía de inicio rápido,  guía de seguridad</t>
-  </si>
-[...4 lines deleted...]
-    <t>Soporte de montaje para NUC, Soporte de montaje para webcam</t>
   </si>
   <si>
     <t>Mando a distancia</t>
   </si>
   <si>
     <t>sí (pilas incluidas)</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>174W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
   </si>
@@ -817,54 +811,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N92"/>
+  <dimension ref="A1:N91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N92" sqref="N92"/>
+      <selection activeCell="N91" sqref="N91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2298,270 +2292,270 @@
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
     </row>
     <row r="76" spans="1:14">
-      <c r="A76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A76" s="1"/>
+      <c r="B76" s="1"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
     </row>
     <row r="77" spans="1:14">
-      <c r="A77" s="1"/>
-[...12 lines deleted...]
-      <c r="N77" s="1"/>
+      <c r="A77" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
+      <c r="J77" s="2"/>
+      <c r="K77" s="2"/>
+      <c r="L77" s="2"/>
+      <c r="M77" s="2"/>
+      <c r="N77" s="2"/>
     </row>
     <row r="78" spans="1:14">
-      <c r="A78" s="2" t="s">
+      <c r="A78" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B78" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B78" s="2"/>
-[...11 lines deleted...]
-      <c r="N78" s="2"/>
+      <c r="C78" s="1"/>
+      <c r="D78" s="1"/>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1"/>
+      <c r="H78" s="1"/>
+      <c r="I78" s="1"/>
+      <c r="J78" s="1"/>
+      <c r="K78" s="1"/>
+      <c r="L78" s="1"/>
+      <c r="M78" s="1"/>
+      <c r="N78" s="1"/>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
     </row>
     <row r="81" spans="1:14">
-      <c r="A81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A81" s="1"/>
+      <c r="B81" s="1"/>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
     </row>
     <row r="82" spans="1:14">
-      <c r="A82" s="1"/>
-[...12 lines deleted...]
-      <c r="N82" s="1"/>
+      <c r="A82" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
+      <c r="J82" s="2"/>
+      <c r="K82" s="2"/>
+      <c r="L82" s="2"/>
+      <c r="M82" s="2"/>
+      <c r="N82" s="2"/>
     </row>
     <row r="83" spans="1:14">
-      <c r="A83" s="2" t="s">
+      <c r="A83" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B83" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B83" s="2"/>
-[...11 lines deleted...]
-      <c r="N83" s="2"/>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="H83" s="1"/>
+      <c r="I83" s="1"/>
+      <c r="J83" s="1"/>
+      <c r="K83" s="1"/>
+      <c r="L83" s="1"/>
+      <c r="M83" s="1"/>
+      <c r="N83" s="1"/>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
     </row>
     <row r="85" spans="1:14">
-      <c r="A85" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A85" s="1"/>
+      <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
     </row>
     <row r="86" spans="1:14">
-      <c r="A86" s="1"/>
-[...12 lines deleted...]
-      <c r="N86" s="1"/>
+      <c r="A86" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
+      <c r="J86" s="2"/>
+      <c r="K86" s="2"/>
+      <c r="L86" s="2"/>
+      <c r="M86" s="2"/>
+      <c r="N86" s="2"/>
     </row>
     <row r="87" spans="1:14">
-      <c r="A87" s="2" t="s">
+      <c r="A87" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B87" s="2"/>
-[...11 lines deleted...]
-      <c r="N87" s="2"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1"/>
+      <c r="H87" s="1"/>
+      <c r="I87" s="1"/>
+      <c r="J87" s="1"/>
+      <c r="K87" s="1"/>
+      <c r="L87" s="1"/>
+      <c r="M87" s="1"/>
+      <c r="N87" s="1"/>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="1" t="s">
         <v>140</v>
       </c>
@@ -2583,85 +2577,65 @@
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B91" s="1" t="s">
-        <v>145</v>
+      <c r="B91" s="1">
+        <v>4948570125494</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
-    </row>
-[...18 lines deleted...]
-      <c r="N92" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>