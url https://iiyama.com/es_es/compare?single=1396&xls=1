--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,183 +163,183 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Sistemas operativos compatibles</t>
   </si>
   <si>
     <t>All iiyama monitors are Plug &amp; Play and compatible with Windows and Linux. For details regarding the supported OS for the touch models, please refer to the driver instruction file available in the downloads section.</t>
   </si>
   <si>
     <t>Rechazo de palma</t>
   </si>
   <si>
     <t>sí</t>
   </si>
   <si>
     <t>interfaces / conectores / controladores</t>
   </si>
   <si>
     <t>Conector de entrada digital</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Modo Alt, Táctil, 1x frontal: 100W PD, 1x trasero: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Entrada de audio</t>
   </si>
   <si>
     <t>Mini jack x1 (Micrófono)</t>
   </si>
   <si>
     <t>Entrada de control del monitor</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Conector de salida digital</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Salida de audio</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Auriculares)
 Altavoces 2 x 20W (Frontal + 20W Subwoofer)</t>
   </si>
   <si>
     <t>Monitor controles de salida</t>
   </si>
   <si>
     <t>ranura OPS x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>Puertos USB</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (reproducción multimedia / periféricos / almacenamiento - lado: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Cambio automático para PC y Android, 1000 MB)</t>
   </si>
   <si>
     <t>Micrófono</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>Caracteristicas</t>
   </si>
   <si>
     <t>Software integrado</t>
   </si>
   <si>
     <t>iiWare 21E (sistema operativo Android 14) con Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, administrador de archivos, unidades de nube y iiShare &amp; EShare para conexión inalámbrica con dispositivos Windows/iOS/Android</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>sí (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Sensores: luz ambiental, lector NFC, movimiento PIR, detección de lápiz; Ranura para PC OPS opcional, ranura para tarjeta Micro SD, 4x lápiz táctil (revestimiento antibacteriano)</t>
+    <t>Sensores: luz ambiental, lector NFC, movimiento PIR, detección de lápiz; Ranura para PC OPS opcional, ranura para tarjeta Micro SD, 4x lápiz táctil</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Opratividad</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Reproducción multimedia</t>
   </si>
   <si>
     <t>Espesor del vidrio</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Dureza del vidrio</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Carcasa (bisel)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Bloqueo de teclas OSD</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD idioma</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Controles</t>
   </si>
   <si>
-    <t>Encendido</t>
+    <t>Encendido (mantenga presionado de 3 a 5 segundos), Inicio (acceso directo en pantalla): Pulse brevemente el botón de encendido</t>
   </si>
   <si>
     <t>Los controles de usuario</t>
   </si>
   <si>
     <t>personalización (tema, fondo de pantalla, bucle automático), pantalla (retroiluminación, modo de imagen, brillo, contraste, saturación, tono, nitidez, temperatura de color, modo de protección ocular, ahorro de energía, rango HDMI), sonido (volumen directo, volumen máximo, ecualizador, balance, modo de sonido, bajos, agudos), general (menú radial, barra lateral, interacción por gestos, grabador de pantalla, anotación libre), dispositivo (micrófono, cámara (externa), NFC, CEC, sensor de luz ambiental, sensor de recogida de lápiz táctil, sensor de movimiento PIR), configuración de entrada (detección de pérdida de fuente, cambio automático de fuente, encendido automático, arranque de OPScon sistema, fuente de encendido, renombrar entrada), sistema (estado de energía, versión de compilación), admin (bloqueo de menú, seguridad del sistema, modo reunión, compartir pantalla, modo HDMI, wake On Lan), aplicaciones (red e internet, dispositivos conectados, apps, notificaciones, almacenamiento, sonido y vibración, pantalla, fondo de pantalla, accesibilidad, seguridad y privacidad, ubicación, seguridad y emergencias, contraseñas y cuentas, bienestar digital y control parental, google, sistema, acerca del dispositivo)</t>
   </si>
   <si>
     <t>Reductor de luz azul</t>
   </si>
   <si>
     <t>Flicker free</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Garantía</t>
   </si>
   <si>
     <t>5 años (para más información y los países disponibles compruebe la sección Garantía en nuestra web)</t>
   </si>
@@ -370,96 +370,96 @@
   <si>
     <t>Rango de temperatura de almacenamiento</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 horas (no incluye retroiluminación)</t>
   </si>
   <si>
     <t>ACCESSORIES INCLUDED</t>
   </si>
   <si>
     <t>Cable</t>
   </si>
   <si>
     <t>de alimentación (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Puntas de doble función, recubrimiento antibacteriano)</t>
+    <t>x4 (Puntas de doble función)</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>guía de inicio rápido,  guía de seguridad</t>
   </si>
   <si>
     <t>Otro</t>
   </si>
   <si>
     <t>Soporte de montaje en pared (VESA 800x600), soporte de montaje para cámara web</t>
   </si>
   <si>
     <t>Mando a distancia</t>
   </si>
   <si>
     <t>sí (pilas incluidas)</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>300W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
   </si>
   <si>
     <t>SOSTENIBILIDAD</t>
   </si>
   <si>
     <t>Certificados</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Clase de eficiencia energética (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT es una clasificación ambiental integral que ayuda a identificar ordenadores y otros equipos electrónicos más respetuosos con el medio ambiente. La certificación Bronce significa que el monitor cumple con todos los criterios requeridos. EPEAT Bronce es válida en países donde iiyama registra el producto. Visite www.epeat.net para conocer el estado de registro en su país.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>por encima de 0.1% de plomo</t>
   </si>
   <si>
     <t>Dimensiones / Peso</t>
   </si>
   <si>
     <t>Producto dimensiones W x H x D</t>
   </si>