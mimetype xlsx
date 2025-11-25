--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>Táctilidad</t>
   </si>
   <si>
     <t>Tecnología Touchscreen</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Puntos de contacto</t>
   </si>
   <si>
     <t>20 (HID, only with supported OS)</t>
   </si>
   <si>
     <t>Precisión táctil</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Método táctil</t>
   </si>
   <si>
-    <t>pluma, dedo, guante</t>
+    <t>pluma, dedo</t>
   </si>
   <si>
     <t>Touch interface</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Sistemas operativos compatibles</t>
   </si>
   <si>
     <t>All iiyama monitors are Plug &amp; Play and compatible with Windows and Linux. For details regarding the supported OS for the touch models, please refer to the driver instruction file available in the downloads section.</t>
   </si>
   <si>
     <t>Rechazo de palma</t>
   </si>
   <si>
     <t>sí</t>
   </si>
   <si>
     <t>interfaces / conectores / controladores</t>
   </si>
   <si>
     <t>Conector de entrada digital</t>
   </si>
@@ -264,51 +264,51 @@
   <si>
     <t>Opratividad</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Retención antiimagen</t>
   </si>
   <si>
     <t>Espesor del vidrio</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Dureza del vidrio</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Carcasa (bisel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>metal (frontal)</t>
   </si>
   <si>
     <t>Bloqueo de teclas OSD</t>
   </si>
   <si>
     <t>Bloqueo de mando a distancia</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD idioma</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Controles</t>
   </si>
   <si>
     <t>Energía (mantener pulsado para Menú Rápido: fuente, volumen +, volumen –, brillo +, brillo –, desbloqueo táctil)</t>
   </si>
   <si>
     <t>Los controles de usuario</t>
   </si>