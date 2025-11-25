--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -83,69 +83,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contraste estático</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Tiempo de respuesta (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Área de visualización</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, derecho/izquierdo: 89°/89°, arriba/abajo: 89°/89°</t>
   </si>
   <si>
     <t>Soporte de Color</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Sincronización horizontal</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Área de visualización h x v</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>diseño de bisel (lados, parte superior, parte inferior)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t>Bisel color y acabado</t>
   </si>
   <si>
     <t>negro, mate</t>
   </si>
   <si>
     <t>interfaces / conectores / controladores</t>
   </si>
   <si>
     <t>Conector de entrada digital</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Entrada de control del monitor</t>