--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -83,69 +83,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contraste estático</t>
   </si>
   <si>
     <t xml:space="preserve">1200:1 </t>
   </si>
   <si>
     <t>Tiempo de respuesta (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Área de visualización</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, derecho/izquierdo: 89°/89°, arriba/abajo: 89°/89°</t>
   </si>
   <si>
     <t>Soporte de Color</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Sincronización horizontal</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Área de visualización h x v</t>
   </si>
   <si>
     <t>1096 x 616.4mm, 43.2 x 24.3"</t>
   </si>
   <si>
     <t>diseño de bisel (lados, parte superior, parte inferior)</t>
   </si>
   <si>
-    <t>13.8mm, 13.8mm, 13.8mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.285mm</t>
   </si>
   <si>
     <t>Bisel color y acabado</t>
   </si>
   <si>
     <t>negro, mate</t>
   </si>
   <si>
     <t>interfaces / conectores / controladores</t>
   </si>
   <si>
     <t>Conector de entrada digital</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Entrada de control del monitor</t>
@@ -205,51 +205,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit de montaje en pared incluido (VESA 400x300mm)</t>
   </si>
   <si>
     <t>Opratividad</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Retención antiimagen</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Reproducción multimedia</t>
   </si>
   <si>
     <t>Carcasa (bisel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD idioma</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Controles</t>
   </si>
   <si>
     <t>Indicador de encendido, Alimentación, Sensor remoto</t>
   </si>
   <si>
     <t>Los controles de usuario</t>
   </si>
   <si>
     <t>Imagen (brillo, contraste, nitidez, nivel de negro, matiz, color, reducción de ruido, selección de gamma, temperatura de color, control de color, sobreexploración, restablecimiento de imagen), pantalla (modo de zoom, zoom personalizado, restablecimiento de pantalla), Audio (balance, agudos, graves, volumen, salida de audio, volumen máximo, volumen mínimo, silencio, sincronización de salida de audio, configuración de altavoz, restablecimiento de audio), configuración 1 (estado de encendido, ahorro de pantalla, enrutamiento RS232, inicio en fuente, WOL, restablecimiento configuración 1, restablecimiento de fábrica), configuración 2 (tiempo de espera de OSD, posición H de OSD, posición V de OSD, rotación del sistema, información de OSD, configuración de logotipo y animación, configuración de animación, ID del monitor, información del monitor, versión HDMI, restablecimiento configuración 2), opción avanzada (control IR, temporizador de apagado, programación, HDMI con un solo cable, apagado de energía HDMI con un solo cable, FailOver, idioma, transparencia de OSD, ahorro de energía, restablecimiento de opción avanzada), ajustes de Android (red e Internet, aplicaciones y notificaciones, pantalla, pantalla de señalización, seguridad, idioma y entrada, fecha y hora, acerca del dispositivo)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>