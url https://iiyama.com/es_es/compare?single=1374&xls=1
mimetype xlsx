--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -83,69 +83,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contraste estático</t>
   </si>
   <si>
     <t xml:space="preserve">4000:1 </t>
   </si>
   <si>
     <t>Tiempo de respuesta (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Área de visualización</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, derecho/izquierdo: 89°/89°, arriba/abajo: 89°/89°</t>
   </si>
   <si>
     <t>Soporte de Color</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Sincronización horizontal</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Área de visualización h x v</t>
   </si>
   <si>
     <t>941.2 x 529.4mm, 37 x 20.8"</t>
   </si>
   <si>
     <t>diseño de bisel (lados, parte superior, parte inferior)</t>
   </si>
   <si>
-    <t>15mm, 16mm, 16mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.245mm</t>
   </si>
   <si>
     <t>Bisel color y acabado</t>
   </si>
   <si>
     <t>negro, mate</t>
   </si>
   <si>
     <t>interfaces / conectores / controladores</t>
   </si>
   <si>
     <t>Conector de entrada digital</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Entrada de control del monitor</t>
@@ -205,51 +205,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit de montaje en pared incluido (VESA 300x300mm)</t>
   </si>
   <si>
     <t>Opratividad</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Retención antiimagen</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Reproducción multimedia</t>
   </si>
   <si>
     <t>Carcasa (bisel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>OSD idioma</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Controles</t>
   </si>
   <si>
     <t>Indicador de encendido, Alimentación, Sensor remoto</t>
   </si>
   <si>
     <t>Los controles de usuario</t>
   </si>
   <si>
     <t>red (estado, Wifi, Ethernet, punto de acceso), imagen (brillo, contraste, nitidez, nivel de negro, matiz, color, reducción de ruido, selección de gamma, temperatura de color, control de color, restablecer imagen), audio (balance, agudos, graves, volumen, salida de audio, volumen máx., volumen mín., silencio, sincronización salida de audio, configuración de altavoz, restablecer audio), configuración OSD (tiempo de visualización OSD, posición horizontal OSD, posición vertical OSD, transparencia OSD, información OSD), general (logo y animación, fondo de pantalla, imagen sin señal, programación, temporizador de apagado), pantalla (modo zoom, zoom personalizado, rotación del sistema, restablecer pantalla), dispositivo (estado al encender, enrutamiento RS232, control IR, ahorro de energía, protección del panel, información del monitor, otros), canal (fuente al iniciar, renombrar canal de entrada, cambio automático de fuente, detección de pérdida de señal, versión HDMI), sistema (idioma, actualización del sistema, restablecer configuración, restablecimiento de fábrica, configuración de Android), administración (bloqueo del menú, sala de reuniones, HDMI CEC, compartir pantalla, espera Miracast, exportar registros)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>