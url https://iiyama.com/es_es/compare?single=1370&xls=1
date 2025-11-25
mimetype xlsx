--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -280,51 +280,51 @@
   <si>
     <t>de alimentación, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Otro</t>
   </si>
   <si>
     <t>guía de inicio rápido, guía de seguridad</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
-    <t>55W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
+    <t>32W default , Modo en espera 0.5W, Modo apagado 0.3W</t>
   </si>
   <si>
     <t>SOSTENIBILIDAD</t>
   </si>
   <si>
     <t>Certificados</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Clase de eficiencia energética (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*el registro varía según el país, consulte www.epeat.net para obtener más detalles</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>