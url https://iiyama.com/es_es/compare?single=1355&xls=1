--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,72 +41,72 @@
   <si>
     <t>Características de la pantalla</t>
   </si>
   <si>
     <t>Diseño</t>
   </si>
   <si>
     <t>Cristal de borde a borde</t>
   </si>
   <si>
     <t>Diagonal</t>
   </si>
   <si>
     <t>23.8.", 60.5cm</t>
   </si>
   <si>
     <t>Pantalla</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Resolución nativa</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Resolucion nativa</t>
   </si>
   <si>
-    <t>60Hz</t>
+    <t>100Hz</t>
   </si>
   <si>
     <t>Relación de aspecto</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Brillo</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
-    <t>344 cd/m² con touch pantalla</t>
+    <t>345 cd/m² con touch pantalla</t>
   </si>
   <si>
     <t>Transmisión de luz</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Contraste estático</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Tiempo de respuesta (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Área de visualización</t>
   </si>
   <si>
     <t>horizontal/vertical: horizontal°/vertical horizontal°, derecho/izquierdo: 0°/0°, arriba/abajo: 0°/0°</t>
   </si>