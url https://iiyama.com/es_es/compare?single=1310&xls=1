--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -332,51 +332,51 @@
   <si>
     <t>Soporte de montaje en pared, Guía de montaje en pared, Tornillos, Anclajes de tornillo, Pegatinas para agujeros de tornillo</t>
   </si>
   <si>
     <t>Mando a distancia</t>
   </si>
   <si>
     <t>sí (pilas incluidas)</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
-    <t>331W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
+    <t>173W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
   </si>
   <si>
     <t>SOSTENIBILIDAD</t>
   </si>
   <si>
     <t>Certificados</t>
   </si>
   <si>
     <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Clase de eficiencia energética (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>