--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -207,51 +207,51 @@
   <si>
     <t>Memory</t>
   </si>
   <si>
     <t>4GB DDR4</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>IEEE802.11b/g/n</t>
   </si>
   <si>
     <t>Bluetooth</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>NFC (ARM Cortex--M3 256KB, 34Mbps (high speed)), RFID (125kHZ, 9600kbit/s), ISO 14443A/B, Mifare Classic 4K/8K/Ultralight, Sony Felica</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>rotación automática, cámara web (5 megapíxeles), ranura para tarjetas SD, revestimiento antihuellas, revestimiento antirreflejos, PoE, lector NFC/RFID, barra de luces LED RGB, Soporte de pared</t>
+    <t>rotación automática, cámara web (5 megapíxeles), ranura para tarjetas SD, revestimiento antihuellas, revestimiento antirreflejos, PoE, lector NFC/RFID, barra de luces LED RGB, cubierta para cables y soporte de pared en uno</t>
   </si>
   <si>
     <t>Modo kiosko</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Opratividad</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Espesor del vidrio</t>
   </si>
   <si>
     <t>1.85mm</t>
   </si>
   <si>
     <t>Dureza del vidrio</t>
   </si>
   <si>
     <t>6H</t>
   </si>