--- v0 (2025-10-26)
+++ v1 (2026-01-03)
@@ -301,51 +301,51 @@
   <si>
     <t>de alimentación, USB, HDMI</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>guía de inicio rápido,  guía de seguridad</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
-    <t>30W typical, Modo en espera 1.5W, Modo apagado 0.3W</t>
+    <t>21W typical, Modo en espera 1.5W, Modo apagado 0.3W</t>
   </si>
   <si>
     <t>SOSTENIBILIDAD</t>
   </si>
   <si>
     <t>Certificados</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA, cTUVus</t>
   </si>
   <si>
     <t>Clase de eficiencia energética (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>por encima de 0.1% de plomo</t>
   </si>
   <si>
     <t>Dimensiones / Peso</t>
   </si>