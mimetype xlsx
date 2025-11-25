--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -274,51 +274,51 @@
   <si>
     <t>de alimentación, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Otro</t>
   </si>
   <si>
     <t>guía de inicio rápido, guía de seguridad</t>
   </si>
   <si>
     <t>Gestión de energía</t>
   </si>
   <si>
     <t>Unidad de fuente de alimentación</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Fuente de alimentación</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
-    <t>60W typical, Modo en espera 0.5W, Modo apagado 0.3W</t>
+    <t>37W default , Modo en espera 0.5W, Modo apagado 0.3W</t>
   </si>
   <si>
     <t>SOSTENIBILIDAD</t>
   </si>
   <si>
     <t>Certificados</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Clase de eficiencia energética (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>por encima de 0.1% de plomo</t>
   </si>
 </sst>
 </file>
 