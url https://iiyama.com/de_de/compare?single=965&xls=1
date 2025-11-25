--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @165Hz (3.7 megapixel WQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>596.7 x 335.6mm, 23.5 x 13.2"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.2.0, max. 2560 x 1440 @144Hz)
 DisplayPort x1 (v.1.4, max. 2560 x 1440 @165Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium Pro - HDMI: 2560 x 1440 @40-144Hz, DP: 2560 x 1440 @40-165Hz</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/Aus-Schalter, Menü/ Auswahl, heraufscrollen/ Lautstärke, herunterscrollen/ ECO, beenden, Eingabequelle</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellungen (Kontrast, Helligkeit, OD, ACR, ECO, Blauton Reduz., Schwarzwert, Farbsättigung, MBR, Gamma), Signalauswahl (Eingabequelle), Audioeinstellungen (Lautstärke, Stumm), Benutzer Einstellungen (Benutzer-Modus), Farbeinstellungen (Farbtemperatur, 6-Achsen, Benutzer Einstellungen), Bildanpassung (i-Style Colour, X-Res Technologie, Scharf und Weich, RGB Bereich), Bildeinstellung (Video Mode Anpassung), Sprache, Menü Einrichtung (OSD H. Position, OSD V. Position, Rotation, OSD Einblendzeit, Startlogo, AMD FreeSync Premium Pro, LED), Informationen, zurücksetzen</t>
   </si>
@@ -213,51 +213,51 @@
   <si>
     <t>21.5° nach oben; 3.5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>35W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>