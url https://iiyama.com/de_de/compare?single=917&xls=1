--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 @144Hz (8.3 megapixel 4K UHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>550 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">4000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (8bit + Hi-FRC)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>941.18 x 529.42mm, 37.1 x 20.8"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.245mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840 x 2160 @60Hz - PS5/Xbox X|S)
 DisplayPort x2 (v.1.4, max. 3840 x 2160 @144Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA) x1, v.3.2 (Gen 1, 5Gbit; DC5V, 1.5A) x1, v.2.0 (DC5V, 500mA) x2)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DP: 3840 x 2160 @48-120Hz</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>Kopfhörerhalterung</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 7W</t>
   </si>
@@ -204,51 +204,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>10° nach oben;  2° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>200 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>Fernbedienung</t>
   </si>
   <si>
     <t>ja (Batterien enthalten)</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>