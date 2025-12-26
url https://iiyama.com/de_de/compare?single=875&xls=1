--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @165Hz (3.7 megapixel WQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1200:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>698.1 x 392.7mm, 27.5 x 15.5"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.272mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 2560 x 1440 @144Hz)
 DisplayPort x2 (v.1.2, max. 2560 x 1440 @165Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 2560 x 1440 @48-144Hz, DP: 2560 x 1440 @48-165Hz</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>Fernbedienung</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power-Schalter, Menü, Rechts/Lautstärke,  Links/ i-Style, Eingabequelle/Exit</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -216,51 +216,51 @@
   <si>
     <t>22° nach oben; 3° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>ja (Batterien enthalten)</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>45W typisch, 0.5W Standby</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>
   <si>
     <t>Vorschriften</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Energieeffizienzklasse (Regulation (EU) 2017/1369)</t>
   </si>