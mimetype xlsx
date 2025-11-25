--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -71,51 +71,51 @@
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>425 cd/m² mit Touch Panel</t>
   </si>
   <si>
     <t>Lichtdurchlässigkeit</t>
   </si>
   <si>
     <t>85%</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>12M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>