--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @75Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>597.9 x 336.3mm, 23.5 x 13.2"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.311mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.1.4)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.2.0 DC5V, 500mA)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>1920 x 1080 @48-75Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Joystick-Steuerung: Drücken (Menü), Nach oben (i-Style Colour), Nach unten (Eingangswahl), Links (Eco-Modus), Rechts (Lautstärke)</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Kontrast, Helligkeit, Overdrive, erw. Kontrast, Öko, Blauton red., Schwarzwert, Farbsättigung, Gamma), Signalauswahl (Auto, Manuell), Audio Einstellungen (Lautstärke, Stummschaltung), Benutzer Einst., Farbeinstellungen. (Farbtemperatur, Benutzerdefinierte Einstellungen), Bildeinstellung (i-Style colour, scharf und weich, HDMI RGB Bereich, Reduzierung), Sprache, Menü Einrichtungen (OSD H. Position, OSD V. Position, OSD Einblendzeit, Startlogo, AMD FreeSync, MBR), Informationen, zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -210,51 +210,51 @@
   <si>
     <t>22° nach oben;  4° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>19W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>