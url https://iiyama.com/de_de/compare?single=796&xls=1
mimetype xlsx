--- v0 (2025-10-28)
+++ v1 (2025-12-29)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @75Hz (2.1 megapixel Full HD, HDMI &amp; DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>0.8ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -130,54 +130,54 @@
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1 (max. 1920 x 1080 @60Hz)
 HDMI x1 (v.1.4, max. 1920 x 1080 @75Hz)
 DisplayPort x1 (v.1.2, max. 1920 x 1080 @75Hz)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DP &amp; HDMI: 1920 x 1080 @48-75Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu / Auswahl, hochscrollen / Lautstärke, runterscrollen / ECO, Exit/ i-Style Colour, Input Auswahl</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Kontrast, Helligkeit, Overdrive, erw. Kontrast, Öko, Blauton Red., Schwarzwert, Farbsättigung, Gamma), Geometrie (H. Position, V. Position, Takt, Phase), Signalauswahl (Auto, Manuell), Audio Einstellungen (Lautstärke, Stummschaltung, Audio Eingang), Farbeinstellungen (Farbtemperatur, Benutzerdefinierte Einstellungen), Erweiterte Einstellungen (i-Style Colour, Scharf und Weich, HDMI RGB Bereich, Reduzierung, Benutzer Einst. Speichern), Sprache, Menü Einrichtungen (OSD H. Position, OSD V. Position, OSD Einblendzeit, Startlogo, AMD FreeSync, Informationen), Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -205,51 +205,51 @@
   <si>
     <t>22° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise, Kabelmanagementsystem</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise, Kabelmanagementsystem</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>16W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>