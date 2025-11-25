--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -130,51 +130,51 @@
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1 (1920 x 1080 @ 60Hz)
 DVI x1 (1920 x 1080 @ 60Hz)
 HDMI x1 (1920 x 1080 @ 75Hz)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu/ Auswahl, Heraufscrollen/ Helligkeit, Nach unter scrollen/ECO, Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Auto Anpassung, Bildeinstellung (Helligkeit, Kontrast, Blauton Reduzierung, Erw. Kontrast, Overdrive), Geometrie (H-Position, V-Position, Takt, Phase), Farbeinstellungen (Farbtemperatur, Benutzerdefinierte Einstellungen, i-Style Color), OSD-Einstellungen (H-Position, V-Position, OSD rotieren, OSD Einblendzeit), Sprache, zurücksetzen, Erweiterte Einstellungen (schärf und weich, Reduzierung, Startlogo, Informationen), Signalauswahl (Einstellungselement), Audioeinstellungen (Lautstärke, Stumm, Audio Eingang)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 1W</t>
   </si>
@@ -226,51 +226,51 @@
   <si>
     <t>Betriebstemperaturbereich</t>
   </si>
   <si>
     <t>5°C - 35°C</t>
   </si>
   <si>
     <t>Temperaturbereich bei Lagerung</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, DVI, Audio</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>18W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>