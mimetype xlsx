--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3440 x 1440 @75Hz (4.9 megapixel UWQHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>21:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit (sRGB: 100%, NTSC: 74%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>799.8 x 334.8mm, 31.5 x 13.2"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.3.0 (DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>HDMI &amp; Display Port: 3440 x 1440 @48-75Hz</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu, Rechts/ Lautstärke, Links/ ECO, Eingang/ Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinrichtung (Bildformat, helligkeit, Kontrast, Black Tuner, Schärfe, OD, ACR, ECO, X-Res-Technologie), Farbanpassung (warm, normal, kühl, Benutzersteuerung, i-Style Color, Blue Light Reducer), PiP / PbP (PiP / PbP-Modus, Sub-Win-Eingang, PiP Größe, PiP Position, Wechseln), Signal Eingangswahl, Audio ( Lautstärke, Stumm, Audio Eingang), Sprache, OSD Einstellungen (H.Position, V. Position, OSD Hintergrund, OSD Auszeit), Einstellungsmenü (DP-Format, HDMI RGB-Bereich, HDR, FreeSync, Öffnungslogo, LED, automatische Abschaltung, Speicherabruf, Informationen)</t>
   </si>
@@ -225,51 +225,51 @@
   <si>
     <t>22° nach oben; 3° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>43W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>