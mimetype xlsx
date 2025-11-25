--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 @60Hz (8.3 megapixel 4K UHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">3000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (NTSC: 95%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>698.4 x 392.9mm, 27.5 x 15.5"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.181mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.3.0 (DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>@38~60Hz</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 3W</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet, DDC/CI, Mac OSX</t>
   </si>
@@ -222,51 +222,51 @@
   <si>
     <t>Betriebstemperaturbereich</t>
   </si>
   <si>
     <t>5°C - 35°C</t>
   </si>
   <si>
     <t>Temperaturbereich bei Lagerung</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>47W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>