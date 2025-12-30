--- v0 (2025-10-26)
+++ v1 (2025-12-30)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 @60Hz (DisplayPort, 8.3 megapixel 4K UHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (8bit + Hi-FRC) (sRGB: 100%, NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -121,72 +121,72 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.16mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>DVI x1 (max. 3840 x 2160 @30Hz)
 HDMI x1, v. 2.0 (max. 3840 x 2160 @60Hz)
 DisplayPort x1, v. 1.2 (max. 3840 x 2160 @60Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.3.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>USB 3.0 Ladegerät, PIP, PBP</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu, Heraufscrollen/ Lautstärke, Herunterscrollen/ Eco, Exit/ i-Style Colour, Input</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, ECO, Blauton Reduzierung, Erw. Kontrast, Overdrive), Farbeinstellungen (Farbtemperatur, Benutzerdefinierte Einstellungen, i-Style Color), OSD (H. Position, V. Position, OSD Einblendzeit), Sprache, Zurücksetzen, Erweitere Einstellungen (Scharf und Weich, Anzeigemodus, Startlogo, Informationen, PIP/PBP, PIP Position, PIP Grösse), Signalauswahl (Eingangsquelle, Sub Eingang, DisplayPort mode), Audioeinstellungen (Lautstärke, Stumm, Audio Eingang)</t>
   </si>
@@ -238,51 +238,51 @@
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Betriebstemperaturbereich</t>
   </si>
   <si>
     <t>5°C - 35°C</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100  - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>35W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>