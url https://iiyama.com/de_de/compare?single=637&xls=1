--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>5M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -136,51 +136,51 @@
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Autom. Anpassung/ Signal Eingangswahl/ Beenden, +/ Eco, -/Volumen/ Blauton Reduz., Menu, Power</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>leuchkraft (Kontrast, Helligkeit, i-Style colour, ACR, Öko), Bildeinrichung (Takt, Phase, H. Position, V. Position, Seitenverhältniss), Farbtemp. (Gamma, 6-Achsen, Farbtemp.), OSD-Einstellungen (H. Position, V. Position, OSD Einblendzeit, Sprache), Extra (Zurücksetzen, DDC/CI, Signal Eingangswahl, OD, Audioquelle, Startlogo, LED, Information, Volumen, Autom. Anpassung)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
@@ -202,51 +202,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>21.5° nach oben; 3.5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.8m), HDMI (1.8m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>19W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>